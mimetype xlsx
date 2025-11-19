--- v0 (2025-10-05)
+++ v1 (2025-11-19)
@@ -1,426 +1,423 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3fb2395891243cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e7b80638a2a143e58d0258df92fa4202.psmdcp" Id="R0bbbf1d8e3f54399" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R113d61afccaa4a3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fed6081372ea4088bf1fc97519cd15b6.psmdcp" Id="Rbc6e4043ad6c43bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Reti Promozionali" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Rete promozionale</x:t>
   </x:si>
   <x:si>
     <x:t>Codice rete</x:t>
   </x:si>
   <x:si>
     <x:t>Indirizzo</x:t>
   </x:si>
   <x:si>
     <x:t>CAP</x:t>
   </x:si>
   <x:si>
     <x:t>Città</x:t>
   </x:si>
   <x:si>
     <x:t>E-Mail</x:t>
   </x:si>
   <x:si>
     <x:t>Telefono</x:t>
   </x:si>
   <x:si>
-    <x:t>ALI PROMOZIONE</x:t>
+    <x:t>BIBLIOMANIE PROMOBIGS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIA BATUELLE, 7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PINO TORINESE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>amministrazione@promobigs.it</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3513916574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDISES SRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ED</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PIAZZA DANTE, 89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80135</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NAPOLI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>commerciale@edises.it</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0817441706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMME PROMOZIONE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ML</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIA VERDI, 8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASSAGO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>segreteria@emmepromozione.it</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/457741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMME PROMOZIONE CULT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMME PROMOZIONE JUNIOR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMME PROMOZIONE NETWORK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMME PROMOZIONE NEXT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EUROPEA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIA LAZZARO SPALLANZANI 16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MILANO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>direzione@pea-italia.it</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0229516613</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FELTRINELLI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIA ANDEGARI, 6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>simone.marasa@feltrinelli.it</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/725721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LATERZA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>P.ZZA UMBERTO I,54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BARI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>commerciale@laterza.it</x:t>
+  </x:si>
+  <x:si>
+    <x:t>080/528121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LYR S.R.L.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIA G. DA VERRAZANO ,15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOVARA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>info.librai@promozionelyr.it</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3490095731</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MCGRAW-HILL EDUCATION ITALY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIA RIPAMONTI 89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>commerciale.italy@mheducation.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>025357181</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NW CONSULENZA MARKETING EDIT.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIA ALESSANDRO TADINO 22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>commerciale@ennew.it</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0284934528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDE SERVICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIA ZAGO, 2/2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40128</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOLOGNA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>service@pde.it</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0274815486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDE SERVIZI COMM. PER EDITORIA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>direzione@pde.it</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0274815691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEA ITALIA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Via Spallanzani, 16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Milano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEARSON ITALIA SPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIA ARCHIMEDE,51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>francesca.ferrari@pearson.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0274823331</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PROLIBRO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Via Gherardini, 10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>prolibro@prolibro.it</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/34597630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PROMEDI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PIAZZA MALPIGHI, 6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40123</x:t>
+  </x:si>
+  <x:si>
+    <x:t>promedi@promedi.it</x:t>
+  </x:si>
+  <x:si>
+    <x:t>051/2757311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PROMEDIA ITALIA SERVICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIA ADDA ,  13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LISSONE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>promedia.italia@gmail.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3355801999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PROMOCOMIX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIA CEFALONIA, 49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRESCIA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>info@promocomix.it</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PROMOZIONE LYR- ALPHA</x:t>
   </x:si>
   <x:si>
     <x:t>AL</x:t>
   </x:si>
   <x:si>
     <x:t>VIA MILANO, 73/75</x:t>
   </x:si>
   <x:si>
     <x:t>20007</x:t>
   </x:si>
   <x:si>
     <x:t>CORNAREDO</x:t>
   </x:si>
   <x:si>
-    <x:t>alipromozione@alilibri.it</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0299762430</x:t>
-  </x:si>
-[...325 lines deleted...]
-    <x:t>info@promocomix.it</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -857,477 +854,477 @@
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="G4" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="G6" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B9" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C9" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="D9" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="E9" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="F9" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="G9" s="0" t="s">
         <x:v>38</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="F10" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="F10" s="0" t="s">
+      <x:c r="G10" s="0" t="s">
         <x:v>44</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B11" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="B11" s="0" t="s">
+      <x:c r="C11" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="C11" s="0" t="s">
+      <x:c r="D11" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="D11" s="0" t="s">
+      <x:c r="E11" s="0" t="s">
         <x:v>49</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="F13" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="F13" s="0" t="s">
+      <x:c r="G13" s="0" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="B14" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="B14" s="0" t="s">
+      <x:c r="C14" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="C14" s="0" t="s">
+      <x:c r="D14" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="D14" s="0" t="s">
+      <x:c r="E14" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="F14" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="E14" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F14" s="0" t="s">
+      <x:c r="G14" s="0" t="s">
         <x:v>70</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B15" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="B15" s="0" t="s">
+      <x:c r="C15" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C15" s="0" t="s">
+      <x:c r="D15" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D15" s="0" t="s">
+      <x:c r="E15" s="0" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="E16" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F16" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D16" s="0" t="s">
+      <x:c r="G16" s="0" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="B17" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C17" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="D17" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="E17" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="B17" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="F17" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="B18" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C18" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D18" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="E18" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="F18" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="B18" s="0" t="s">
+      <x:c r="G18" s="0" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="B19" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="C19" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="B19" s="0" t="s">
+      <x:c r="D19" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="C19" s="0" t="s">
+      <x:c r="E19" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="F19" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="D19" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F19" s="0" t="s">
+      <x:c r="G19" s="0" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B20" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="B20" s="0" t="s">
+      <x:c r="C20" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="C20" s="0" t="s">
+      <x:c r="D20" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="D20" s="0" t="s">
+      <x:c r="E20" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F20" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="E20" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F20" s="0" t="s">
+      <x:c r="G20" s="0" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="B21" s="0" t="s">
+      <x:c r="C21" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="C21" s="0" t="s">
+      <x:c r="D21" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="D21" s="0" t="s">
+      <x:c r="E21" s="0" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="G22" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="B23" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="B23" s="0" t="s">
+      <x:c r="C23" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="C23" s="0" t="s">
+      <x:c r="D23" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="D23" s="0" t="s">
+      <x:c r="E23" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="E23" s="0" t="s">
+      <x:c r="F23" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G23" s="0" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Reti Promozionali</vt:lpstr>
       <vt:lpstr>Reti Promozionali!Print_Area</vt:lpstr>
       <vt:lpstr>Reti Promozionali!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>