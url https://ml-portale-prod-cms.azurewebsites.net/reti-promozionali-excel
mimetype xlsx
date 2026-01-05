--- v1 (2025-11-19)
+++ v2 (2026-01-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R113d61afccaa4a3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fed6081372ea4088bf1fc97519cd15b6.psmdcp" Id="Rbc6e4043ad6c43bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38ac217345b847bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/957c0aaea31442a19f3c019fdaa58a59.psmdcp" Id="Ra9cc0ed8259f43c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Reti Promozionali" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Rete promozionale</x:t>
   </x:si>
   <x:si>
     <x:t>Codice rete</x:t>
   </x:si>
   <x:si>