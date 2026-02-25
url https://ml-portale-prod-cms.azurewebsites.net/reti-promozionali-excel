--- v2 (2026-01-05)
+++ v3 (2026-02-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38ac217345b847bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/957c0aaea31442a19f3c019fdaa58a59.psmdcp" Id="Ra9cc0ed8259f43c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6dd1a26ed6d4f41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/802d0b8345c445c9935cfb39d9f098f6.psmdcp" Id="R0b5289c27e364074" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Reti Promozionali" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Rete promozionale</x:t>
   </x:si>
   <x:si>
     <x:t>Codice rete</x:t>
   </x:si>
   <x:si>
@@ -82,51 +82,51 @@
   <x:si>
     <x:t>PIAZZA DANTE, 89</x:t>
   </x:si>
   <x:si>
     <x:t>80135</x:t>
   </x:si>
   <x:si>
     <x:t>NAPOLI</x:t>
   </x:si>
   <x:si>
     <x:t>commerciale@edises.it</x:t>
   </x:si>
   <x:si>
     <x:t>0817441706</x:t>
   </x:si>
   <x:si>
     <x:t>EMME PROMOZIONE</x:t>
   </x:si>
   <x:si>
     <x:t>ML</x:t>
   </x:si>
   <x:si>
     <x:t>VIA VERDI, 8</x:t>
   </x:si>
   <x:si>
-    <x:t>20090</x:t>
+    <x:t>20057</x:t>
   </x:si>
   <x:si>
     <x:t>ASSAGO</x:t>
   </x:si>
   <x:si>
     <x:t>segreteria@emmepromozione.it</x:t>
   </x:si>
   <x:si>
     <x:t>02/457741</x:t>
   </x:si>
   <x:si>
     <x:t>EMME PROMOZIONE CULT</x:t>
   </x:si>
   <x:si>
     <x:t>EMME PROMOZIONE JUNIOR</x:t>
   </x:si>
   <x:si>
     <x:t>EMME PROMOZIONE NETWORK</x:t>
   </x:si>
   <x:si>
     <x:t>EMME PROMOZIONE NEXT</x:t>
   </x:si>
   <x:si>
     <x:t>EUROPEA</x:t>
   </x:si>
@@ -187,101 +187,122 @@
   <x:si>
     <x:t>080/528121</x:t>
   </x:si>
   <x:si>
     <x:t>LYR S.R.L.</x:t>
   </x:si>
   <x:si>
     <x:t>UD</x:t>
   </x:si>
   <x:si>
     <x:t>VIA G. DA VERRAZANO ,15</x:t>
   </x:si>
   <x:si>
     <x:t>28100</x:t>
   </x:si>
   <x:si>
     <x:t>NOVARA</x:t>
   </x:si>
   <x:si>
     <x:t>info.librai@promozionelyr.it</x:t>
   </x:si>
   <x:si>
     <x:t>3490095731</x:t>
   </x:si>
   <x:si>
+    <x:t>MACRO GRUPPO EDITORIALE SRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIA GIARDINO NR30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CESENA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>valentina.montalti@gruppomacro.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3382424313</x:t>
+  </x:si>
+  <x:si>
     <x:t>MCGRAW-HILL EDUCATION ITALY</x:t>
   </x:si>
   <x:si>
     <x:t>MH</x:t>
   </x:si>
   <x:si>
     <x:t>VIA RIPAMONTI 89</x:t>
   </x:si>
   <x:si>
     <x:t>20141</x:t>
   </x:si>
   <x:si>
     <x:t>commerciale.italy@mheducation.com</x:t>
   </x:si>
   <x:si>
     <x:t>025357181</x:t>
   </x:si>
   <x:si>
-    <x:t>NW CONSULENZA MARKETING EDIT.</x:t>
+    <x:t>NEWMEDI</x:t>
   </x:si>
   <x:si>
     <x:t>NW</x:t>
   </x:si>
   <x:si>
-    <x:t>VIA ALESSANDRO TADINO 22</x:t>
+    <x:t>PIAZZA MALPIGHI 6</x:t>
   </x:si>
   <x:si>
     <x:t>20124</x:t>
   </x:si>
   <x:si>
-    <x:t>commerciale@ennew.it</x:t>
-[...2 lines deleted...]
-    <x:t>0284934528</x:t>
+    <x:t>BOLOGNA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>info@newmedi.it</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0512757311</x:t>
   </x:si>
   <x:si>
     <x:t>PDE SERVICE</x:t>
   </x:si>
   <x:si>
     <x:t>SV</x:t>
   </x:si>
   <x:si>
     <x:t>VIA ZAGO, 2/2</x:t>
   </x:si>
   <x:si>
     <x:t>40128</x:t>
   </x:si>
   <x:si>
-    <x:t>BOLOGNA</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>service@pde.it</x:t>
   </x:si>
   <x:si>
     <x:t>0274815486</x:t>
   </x:si>
   <x:si>
     <x:t>PDE SERVIZI COMM. PER EDITORIA</x:t>
   </x:si>
   <x:si>
     <x:t>PP</x:t>
   </x:si>
   <x:si>
     <x:t>direzione@pde.it</x:t>
   </x:si>
   <x:si>
     <x:t>0274815691</x:t>
   </x:si>
   <x:si>
     <x:t>PEA ITALIA</x:t>
   </x:si>
   <x:si>
     <x:t>PI</x:t>
   </x:si>
   <x:si>
     <x:t>Via Spallanzani, 16</x:t>
@@ -299,68 +320,50 @@
     <x:t>VIA ARCHIMEDE,51</x:t>
   </x:si>
   <x:si>
     <x:t>francesca.ferrari@pearson.com</x:t>
   </x:si>
   <x:si>
     <x:t>0274823331</x:t>
   </x:si>
   <x:si>
     <x:t>PROLIBRO</x:t>
   </x:si>
   <x:si>
     <x:t>PL</x:t>
   </x:si>
   <x:si>
     <x:t>Via Gherardini, 10</x:t>
   </x:si>
   <x:si>
     <x:t>20145</x:t>
   </x:si>
   <x:si>
     <x:t>prolibro@prolibro.it</x:t>
   </x:si>
   <x:si>
     <x:t>02/34597630</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>051/2757311</x:t>
   </x:si>
   <x:si>
     <x:t>PROMEDIA ITALIA SERVICE</x:t>
   </x:si>
   <x:si>
     <x:t>PR</x:t>
   </x:si>
   <x:si>
     <x:t>VIA ADDA ,  13</x:t>
   </x:si>
   <x:si>
     <x:t>20035</x:t>
   </x:si>
   <x:si>
     <x:t>LISSONE</x:t>
   </x:si>
   <x:si>
     <x:t>promedia.italia@gmail.com</x:t>
   </x:si>
   <x:si>
     <x:t>3355801999</x:t>
   </x:si>
   <x:si>
     <x:t>PROMOCOMIX</x:t>
   </x:si>
@@ -748,56 +751,56 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:G23"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="33.424911" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="32.567768" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="27.710625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="14.853482" style="0" customWidth="1"/>
-    <x:col min="6" max="6" width="35.282054" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="36.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.424911" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7" ht="20" customHeight="1" s="1" customFormat="1">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
@@ -1047,284 +1050,284 @@
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B17" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C17" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="D17" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="B17" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E17" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Reti Promozionali</vt:lpstr>
       <vt:lpstr>Reti Promozionali!Print_Area</vt:lpstr>
       <vt:lpstr>Reti Promozionali!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>