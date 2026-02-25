--- v3 (2026-02-25)
+++ v4 (2026-02-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6dd1a26ed6d4f41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/802d0b8345c445c9935cfb39d9f098f6.psmdcp" Id="R0b5289c27e364074" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ce622a4adb94dee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/638c99e32836408c9369646e4e8942fd.psmdcp" Id="Rdcc7738ee83a46d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Reti Promozionali" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Rete promozionale</x:t>
   </x:si>
   <x:si>
     <x:t>Codice rete</x:t>
   </x:si>
   <x:si>